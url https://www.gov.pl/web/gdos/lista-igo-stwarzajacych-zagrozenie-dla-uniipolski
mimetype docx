--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -197,53 +197,53 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1876"/>
         <w:gridCol w:w="1184"/>
         <w:gridCol w:w="1184"/>
         <w:gridCol w:w="1307"/>
         <w:gridCol w:w="1184"/>
         <w:gridCol w:w="1175"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="007B3A9E" w14:paraId="44F2397D" w14:textId="6349DBD4" w:rsidTr="0026007B">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="007B3A9E" w14:paraId="44F2397D" w14:textId="6349DBD4" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="614"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79110DA3" w14:textId="10E348C2" w:rsidR="00496D61" w:rsidRPr="0026007B" w:rsidRDefault="0026007B" w:rsidP="0026007B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0026007B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -371,53 +371,53 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Data </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>umieszczenia na liście UE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="007B3A9E" w14:paraId="1927872F" w14:textId="7F17C776" w:rsidTr="0026007B">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="007B3A9E" w14:paraId="1927872F" w14:textId="7F17C776" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1B944994" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="007A1159" w:rsidRDefault="00496D61" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -631,53 +631,53 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496D61">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">7.08.2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="43D62278" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="43D62278" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="42AD8D4D" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -859,53 +859,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="7433B4CE" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="7433B4CE" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="08F53C19" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1087,53 +1087,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="2C6B99F8" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="2C6B99F8" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="564"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7EAC35FF" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1315,53 +1315,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5F9146E2" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5F9146E2" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="558"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36FE988F" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1543,53 +1543,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="61162265" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="61162265" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="635943E9" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1771,53 +1771,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0681E4E3" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0681E4E3" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="29327494" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1999,53 +1999,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="4C02199E" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="4C02199E" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="40369FB9" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2214,53 +2214,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5542CF82" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5542CF82" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="079D9EF0" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2442,53 +2442,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="55D339A4" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="55D339A4" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7F1F9792" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2670,53 +2670,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="34F90ECF" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="34F90ECF" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="568"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="23572D22" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2898,53 +2898,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="196714A4" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="196714A4" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51B9E2E8" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3113,53 +3113,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="63F93D41" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="63F93D41" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="480"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="228F9F83" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3341,53 +3341,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="2121134B" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="2121134B" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6BAFC758" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3580,53 +3580,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="604B0CE5" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="604B0CE5" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0CEDDA46" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3808,53 +3808,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0DB524AD" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0DB524AD" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A3AAA2C" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4068,53 +4068,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307F75">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>od 7.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="232963D9" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="232963D9" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="794CA75C" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4307,53 +4307,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5265AE44" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5265AE44" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="05E84F75" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4579,53 +4579,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="28A53A41" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="28A53A41" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="574"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21DB4E68" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4818,53 +4818,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0D61D1D2" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="0D61D1D2" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="554"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="65B8A4CE" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5046,53 +5046,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="789C8686" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="789C8686" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7CBB2CFE" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5285,53 +5285,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307F75">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>od 7.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5EFE90EE" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="5EFE90EE" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="27E1BA31" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5513,53 +5513,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="3544A1FA" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="3544A1FA" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="670AEBAD" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5741,53 +5741,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="6F8A7F07" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="6F8A7F07" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="600"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2506C1F9" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6035,53 +6035,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496D61">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="474357FD" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="474357FD" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2F381E70" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6329,53 +6329,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496D61">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="212526C6" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="212526C6" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="564"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7D935EE5" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6601,53 +6601,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496D61">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="7C34CDAF" w14:textId="77777777" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0026007B" w:rsidRPr="007B3A9E" w14:paraId="7C34CDAF" w14:textId="77777777" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="294D3161" w14:textId="77777777" w:rsidR="0026007B" w:rsidRPr="007A1159" w:rsidRDefault="0026007B" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6829,53 +6829,53 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F21F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3119EC21" w14:textId="54B10BAE" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3119EC21" w14:textId="54B10BAE" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="12A47B21" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7085,53 +7085,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2719F9EA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1CC3EDCC" w14:textId="2A954879" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1CC3EDCC" w14:textId="2A954879" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4A847E16" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7329,53 +7329,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3C0A01DB" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="55251E9E" w14:textId="66F5F55D" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="55251E9E" w14:textId="66F5F55D" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="23865F09" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7597,53 +7597,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="04D2E394" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1CCD8440" w14:textId="297162BC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1CCD8440" w14:textId="297162BC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0C147675" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7865,53 +7865,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7DE58216" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2611114A" w14:textId="68BC843F" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2611114A" w14:textId="68BC843F" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="13575582" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8134,53 +8134,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="232A4146" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5C65E6B2" w14:textId="2716F2D9" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5C65E6B2" w14:textId="2716F2D9" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="77D109F0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8402,53 +8402,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="366F2F32" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="217A3611" w14:textId="62726C20" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="217A3611" w14:textId="62726C20" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C501374" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8660,53 +8660,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5AAAF518" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0FE04256" w14:textId="6B898204" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0FE04256" w14:textId="6B898204" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6878F062" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8904,53 +8904,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="154DCDAA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0B7F896E" w14:textId="64D7B01F" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0B7F896E" w14:textId="64D7B01F" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="295D9990" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9162,53 +9162,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="418C8C66" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1EA670D3" w14:textId="47F2F78D" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1EA670D3" w14:textId="47F2F78D" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="566"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36C7F44A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9434,53 +9434,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4F0FB589" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1F8BE5ED" w14:textId="28B43664" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1F8BE5ED" w14:textId="28B43664" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0333F886" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9702,53 +9702,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="24976A34" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="23D1E3AC" w14:textId="5FD2187E" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="23D1E3AC" w14:textId="5FD2187E" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="50329BE8" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9970,53 +9970,53 @@
               </w:rPr>
               <w:t>od 2.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1A027E2E" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="07ED2471" w14:textId="6CAF6D78" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="07ED2471" w14:textId="6CAF6D78" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7DA4E39D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10250,53 +10250,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21078EBB" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="35C60F87" w14:textId="39FB5268" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="35C60F87" w14:textId="39FB5268" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5E69B589" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10530,53 +10530,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="79953BA4" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="62639AFC" w14:textId="6D1DF6F0" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="62639AFC" w14:textId="6D1DF6F0" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="26A3E167" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10852,53 +10852,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="319758D6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2A1998F8" w14:textId="1637E921" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2A1998F8" w14:textId="1637E921" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0849351F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11145,53 +11145,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="79F7533A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="75C4F1C0" w14:textId="2040D9C6" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="75C4F1C0" w14:textId="2040D9C6" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1AB44047" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11426,53 +11426,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="72EF4496" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2484FBDB" w14:textId="60272F84" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2484FBDB" w14:textId="60272F84" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="126351E5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11705,53 +11705,53 @@
               </w:rPr>
               <w:t>od 2.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5A56D310" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0A488745" w14:textId="4FEBED2B" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0A488745" w14:textId="4FEBED2B" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2BEF6507" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11948,53 +11948,53 @@
               </w:rPr>
               <w:t>od 2.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="28F67B17" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="04A97069" w14:textId="12DCED7C" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="04A97069" w14:textId="12DCED7C" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4FE61CCB" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12241,53 +12241,53 @@
               </w:rPr>
               <w:t>od 2.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="408F7681" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2E380739" w14:textId="5AC1FF24" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2E380739" w14:textId="5AC1FF24" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2A15D62D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12521,53 +12521,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5F65DE78" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="53EB271C" w14:textId="62148BFD" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="53EB271C" w14:textId="62148BFD" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C2420AF" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12800,53 +12800,53 @@
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="494B666A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40C460DF" w14:textId="6CA4D3DC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40C460DF" w14:textId="6CA4D3DC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="576"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1C79D04C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13115,53 +13115,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0A609995" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="483939D0" w14:textId="36F0A9F1" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="483939D0" w14:textId="36F0A9F1" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="48C5211B" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13356,53 +13356,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="49B460F6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6C721D52" w14:textId="27F8921D" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6C721D52" w14:textId="27F8921D" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="566BB322" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13599,53 +13599,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="060A26B9" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="10A8A02C" w14:textId="4E7C45EC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="10A8A02C" w14:textId="4E7C45EC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="568"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="70DBBB50" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13851,53 +13851,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="109349DA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="70FD0068" w14:textId="7D84DEDF" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="70FD0068" w14:textId="7D84DEDF" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="301577E6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14114,53 +14114,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6D67176E" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6F411990" w14:textId="26FAD212" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6F411990" w14:textId="26FAD212" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="35058952" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14377,53 +14377,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7F59C0CC" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5792BD80" w14:textId="31463E28" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5792BD80" w14:textId="31463E28" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="824"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2F7E9762" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14600,53 +14600,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6ECB5BAC" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4D260EE3" w14:textId="0A88B8D8" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4D260EE3" w14:textId="0A88B8D8" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="337CB3F6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14857,53 +14857,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A27E48D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6724F1E4" w14:textId="2777C3E6" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6724F1E4" w14:textId="2777C3E6" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="48160AA2" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15110,53 +15110,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="38A31DC1" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40EF7896" w14:textId="64B94EBA" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40EF7896" w14:textId="64B94EBA" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F6094E4" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15361,53 +15361,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="340E18B4" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="11D1366F" w14:textId="1BD670C8" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="11D1366F" w14:textId="1BD670C8" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="590"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3DF1F121" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15636,53 +15636,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0CB175C3" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="53EA4DB9" w14:textId="0EFF69CC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="53EA4DB9" w14:textId="0EFF69CC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22220676" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15911,53 +15911,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="778A742C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="494F22D4" w14:textId="1597BD9D" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="494F22D4" w14:textId="1597BD9D" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5EB4A213" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16170,53 +16170,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7951ECCD" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2E9F0BC8" w14:textId="56F65A39" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2E9F0BC8" w14:textId="56F65A39" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="458"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7BF7F5C8" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16485,53 +16485,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="43F03052" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3BF28C49" w14:textId="707A9E0A" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3BF28C49" w14:textId="707A9E0A" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="564"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2693C150" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16824,53 +16824,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2B0DE72F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="44D13146" w14:textId="4F6AD229" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="44D13146" w14:textId="4F6AD229" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="506"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="62FCA66F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17069,53 +17069,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="500D51CD" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4043C351" w14:textId="2A07F652" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4043C351" w14:textId="2A07F652" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="285C3415" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17332,53 +17332,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0E818142" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7C5AA161" w14:textId="19486FCF" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7C5AA161" w14:textId="19486FCF" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="554"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02A8CCA0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17583,53 +17583,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0AF61FD6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7BC57E39" w14:textId="1F2FFABC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7BC57E39" w14:textId="1F2FFABC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3BEDF31C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17834,53 +17834,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0EB2B54C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6EF319B8" w14:textId="78E1E485" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6EF319B8" w14:textId="78E1E485" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="556"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="62885DDF" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18107,53 +18107,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0D08C033" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="06B0C938" w14:textId="23C21E00" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="06B0C938" w14:textId="23C21E00" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7F2E9336" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18358,53 +18358,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6905A5B0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="254BD9F7" w14:textId="18B239EA" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="254BD9F7" w14:textId="18B239EA" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="47242CEE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18621,53 +18621,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="08648BD8" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3CC22312" w14:textId="14559C09" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3CC22312" w14:textId="14559C09" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="542"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="69F59EA3" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18872,53 +18872,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="334FD272" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="69DBC1C6" w14:textId="18493CB4" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="69DBC1C6" w14:textId="18493CB4" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7EC83E21" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -19123,53 +19123,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4CAA7E56" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2B3C434D" w14:textId="43BD84E1" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2B3C434D" w14:textId="43BD84E1" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2EA5C4A3" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -19374,53 +19374,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="589F8B32" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4EB2778B" w14:textId="7BABE6BC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4EB2778B" w14:textId="7BABE6BC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41EEA3CF" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -19625,53 +19625,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0CBFB7E1" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0E1EE022" w14:textId="31FDF6B3" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0E1EE022" w14:textId="31FDF6B3" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2FA0FFD1" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -19888,53 +19888,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="76EE0133" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="15EFF9CF" w14:textId="23B0E901" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="15EFF9CF" w14:textId="23B0E901" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51894022" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20139,53 +20139,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="54E79F5B" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="515333D4" w14:textId="54D957A6" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="515333D4" w14:textId="54D957A6" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="571"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="324F3FF5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20390,53 +20390,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3104633B" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4C1687DB" w14:textId="105FA5CE" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4C1687DB" w14:textId="105FA5CE" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7FF820D5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20653,53 +20653,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="40687B5F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1B65B6F9" w14:textId="0351B372" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1B65B6F9" w14:textId="0351B372" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1766B5CD" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20916,53 +20916,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="705DDE46" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="59B572C0" w14:textId="5C2516AC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="59B572C0" w14:textId="5C2516AC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="28293664" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21179,53 +21179,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15E39CFA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3D40542B" w14:textId="5809EA27" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="3D40542B" w14:textId="5809EA27" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="229"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21001F05" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21402,53 +21402,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F68B103" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E954A7D" w14:textId="3E5B8792" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E954A7D" w14:textId="3E5B8792" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="67E9BFCC" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21665,53 +21665,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="586CD0D1" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2CC37CB0" w14:textId="6193C787" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2CC37CB0" w14:textId="6193C787" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="60576F28" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21928,53 +21928,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7D5A6B91" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6F3DD33C" w14:textId="10DD9E9A" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6F3DD33C" w14:textId="10DD9E9A" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="62932BD9" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -22165,93 +22165,93 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="211A366A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="17E83AD9" w14:textId="05A64A64" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="17E83AD9" w14:textId="05A64A64" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="31DD9856" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="949" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D29F8AE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
-[...8 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+          <w:p w14:paraId="1D29F8AE" w14:textId="44B91D82" w:rsidR="0083620E" w:rsidRPr="00420120" w:rsidRDefault="0083620E" w:rsidP="0083620E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007B3A9E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>barszcz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007B3A9E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -22448,53 +22448,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5780958D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1D45E470" w14:textId="7AF6170A" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1D45E470" w14:textId="7AF6170A" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="43265EEA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -22673,53 +22673,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4DDECC26" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6B190EE1" w14:textId="774AAED5" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6B190EE1" w14:textId="774AAED5" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D5968BE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -22934,53 +22934,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07222A34" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6D2FE2DE" w14:textId="44B9B414" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="6D2FE2DE" w14:textId="44B9B414" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3B5CAF85" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23207,53 +23207,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="233E3D08" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="58D0F19D" w14:textId="25B8269D" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="58D0F19D" w14:textId="25B8269D" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="611F42C0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23456,53 +23456,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="24AE0C2F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="06B6955C" w14:textId="441634ED" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="06B6955C" w14:textId="441634ED" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="62D1ED20" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23731,53 +23731,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22F93760" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="45E038EE" w14:textId="4DCE1818" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="45E038EE" w14:textId="4DCE1818" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="258CAFF5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23982,53 +23982,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="767F2FBA" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="57F2AF3A" w14:textId="0856D8B4" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="57F2AF3A" w14:textId="0856D8B4" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="45F4E5BE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -24289,53 +24289,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="06C414B0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="79F88650" w14:textId="2B5A4642" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="79F88650" w14:textId="2B5A4642" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="14391F09" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -24538,53 +24538,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41460CCC" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="198942F1" w14:textId="3765B824" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="198942F1" w14:textId="3765B824" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4E45AA5D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -24799,53 +24799,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5456023C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="01092CFD" w14:textId="02A0AABE" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="01092CFD" w14:textId="02A0AABE" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41D9DB10" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25038,53 +25038,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="68C2E08F" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0A8D2DAB" w14:textId="172DCE3B" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0A8D2DAB" w14:textId="172DCE3B" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="580F8B86" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25261,53 +25261,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="534D76B6" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="71B5D9CC" w14:textId="5DD016AE" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="71B5D9CC" w14:textId="5DD016AE" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="651DBF54" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25510,53 +25510,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="13030700" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5DFBEDFB" w14:textId="76305327" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5DFBEDFB" w14:textId="76305327" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="568"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="68716BBB" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25783,53 +25783,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36F2FC4D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40DABE56" w14:textId="22C5D6A3" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="40DABE56" w14:textId="22C5D6A3" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="24E5B1BE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26040,53 +26040,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1AC7FBB1" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="63AA7E79" w14:textId="050F6BED" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="63AA7E79" w14:textId="050F6BED" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="490"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22C4CF4C" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26301,53 +26301,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3BAC2689" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="333BB906" w14:textId="564F1B87" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="333BB906" w14:textId="564F1B87" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1EC2C399" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26594,53 +26594,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="33DFE801" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4E771600" w14:textId="2FD43FA9" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="4E771600" w14:textId="2FD43FA9" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1535FD0A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26901,53 +26901,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7C9B134D" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2D8A7690" w14:textId="64407A2A" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="2D8A7690" w14:textId="64407A2A" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4993EC5E" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -27124,53 +27124,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="189B8D94" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="15DA6FF0" w14:textId="229324F5" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="15DA6FF0" w14:textId="229324F5" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="33F34FF9" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -27371,53 +27371,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="01FD9BB5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="10F5C6C0" w14:textId="794B13EA" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="10F5C6C0" w14:textId="794B13EA" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7804F68B" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -27624,53 +27624,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5047FBCF" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="11F52FF0" w14:textId="74941215" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="11F52FF0" w14:textId="74941215" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3FD660EF" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -27899,53 +27899,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6F86A052" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E7E12F9" w14:textId="1AC14AD3" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E7E12F9" w14:textId="1AC14AD3" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="478"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="063CCDA0" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -28172,53 +28172,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="04603CD3" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="510A1951" w14:textId="7B0A18A8" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="510A1951" w14:textId="7B0A18A8" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="65AAAF46" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -28435,53 +28435,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4D60D31A" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E5DC163" w14:textId="168F5FD8" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="1E5DC163" w14:textId="168F5FD8" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0B7A29CC" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -28696,53 +28696,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="155C9B51" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="48E25390" w14:textId="1CBF2E98" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="48E25390" w14:textId="1CBF2E98" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0DD0C2D7" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -28943,53 +28943,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6D6B5196" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7551B0A6" w14:textId="4925D590" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="7551B0A6" w14:textId="4925D590" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="227"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2DAC8950" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -29194,53 +29194,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4B7EC8B5" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0446170B" w14:textId="59E6A7F6" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="0446170B" w14:textId="59E6A7F6" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="498"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="59F2B8D4" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -29457,53 +29457,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="00C66AE7" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5B86740B" w14:textId="56FFCDEC" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="5B86740B" w14:textId="56FFCDEC" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="491"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0FEEB287" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -29706,53 +29706,53 @@
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2E8BC4CE" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007B3A9E" w:rsidRDefault="0083620E" w:rsidP="0083620E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="332F272A" w14:textId="4309F19F" w:rsidTr="0026007B">
+      <w:tr w:rsidR="0083620E" w:rsidRPr="007B3A9E" w14:paraId="332F272A" w14:textId="4309F19F" w:rsidTr="00420120">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="245"/>
+          <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="501EC268" w14:textId="77777777" w:rsidR="0083620E" w:rsidRPr="007A1159" w:rsidRDefault="0083620E" w:rsidP="007A1159">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -29960,51 +29960,68 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="017F2647" w14:textId="77777777" w:rsidR="00C47FBB" w:rsidRDefault="00C47FBB" w:rsidP="00C47FBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="267A8616" w14:textId="77777777" w:rsidR="0026007B" w:rsidRDefault="0026007B" w:rsidP="0026007B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AEBDA21" w14:textId="4576B27D" w:rsidR="00C47FBB" w:rsidRDefault="00C47FBB" w:rsidP="0026007B">
+    <w:p w14:paraId="2542324C" w14:textId="77777777" w:rsidR="00962167" w:rsidRDefault="00962167">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEBDA21" w14:textId="2ABCBA42" w:rsidR="00C47FBB" w:rsidRDefault="00C47FBB" w:rsidP="0026007B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001407AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lista inwazyjnych gatunków obcych stwarzających zagrożenie dla Polski</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A096D54" w14:textId="77777777" w:rsidR="00A57514" w:rsidRPr="001407AA" w:rsidRDefault="00A57514" w:rsidP="00C47FBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -30019,63 +30036,63 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="435"/>
+        <w:gridCol w:w="386"/>
         <w:gridCol w:w="2271"/>
         <w:gridCol w:w="2679"/>
-        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="994"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00333ED2" w14:paraId="68F2277E" w14:textId="4EA5CD14" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00333ED2" w14:paraId="68F2277E" w14:textId="4EA5CD14" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66ACA41B" w14:textId="3725B89A" w:rsidR="00496D61" w:rsidRPr="00674B1B" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B3A9E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
@@ -30141,160 +30158,160 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Nazwa </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>naukowa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49B96775" w14:textId="5AE3349B" w:rsidR="00496D61" w:rsidRPr="007B3A9E" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Uwagi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="3B7562C5" w14:textId="68C2E29F" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="3B7562C5" w14:textId="68C2E29F" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A5AD48" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="0051132C" w:rsidRDefault="00496D61" w:rsidP="0051132C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F8DBC16" w14:textId="00E87311" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="006B4195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gatunki na liście IGO dla Polski od 18.12.2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="177CD5EA" w14:textId="77777777" w:rsidR="00496D61" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="2142586F" w14:textId="2B2737EB" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="2142586F" w14:textId="2B2737EB" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74033789" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="0051132C" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -30362,77 +30379,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>fluminea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A98F7E8" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="0F5CF8E7" w14:textId="796B4855" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="0F5CF8E7" w14:textId="796B4855" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09476B7A" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
@@ -30542,77 +30559,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Azolla </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>filiculoides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23C2E8E8" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="6B441AFD" w14:textId="076DC1DC" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="6B441AFD" w14:textId="076DC1DC" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B6BCBC4" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -30690,77 +30707,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Branta </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>canadensis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18B2C388" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="5836A159" w14:textId="1D03EB23" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="5836A159" w14:textId="1D03EB23" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E01798F" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -30830,77 +30847,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>bison</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A605011" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="2D120CDA" w14:textId="1BEC786A" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="2D120CDA" w14:textId="1BEC786A" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42D8ACF2" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -30992,99 +31009,99 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>canadensis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59D444FC" w14:textId="0A998EFF" w:rsidR="00496D61" w:rsidRPr="00307F75" w:rsidRDefault="00307F75" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00307F75">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00307F75">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="04A8F61B" w14:textId="06772FC6" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="04A8F61B" w14:textId="06772FC6" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FF229DD" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31176,77 +31193,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>virginianus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="257083CA" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="5469C28F" w14:textId="687CB373" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="5469C28F" w14:textId="687CB373" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60F61617" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31348,77 +31365,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>europaeus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12FD1F2B" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="70CF0284" w14:textId="13A166AD" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="70CF0284" w14:textId="13A166AD" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7859D2DE" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31520,77 +31537,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>lobata</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31ECBB36" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="244EF8FE" w14:textId="61D6E194" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="244EF8FE" w14:textId="61D6E194" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B6C8EE1" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31692,77 +31709,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>capensis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B98D83D" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="62A53F4F" w14:textId="01AC5E1A" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="62A53F4F" w14:textId="01AC5E1A" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D1B2E4E" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31854,77 +31871,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>nebulosus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CA2B8ED" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="7ECCE004" w14:textId="199D3FC2" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="7ECCE004" w14:textId="199D3FC2" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19D13C99" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -31992,77 +32009,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>canadensis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40A3AFEC" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="09B0A894" w14:textId="62A0BE49" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="09B0A894" w14:textId="62A0BE49" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14BAEEDE" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -32154,77 +32171,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>serpentina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB0D049" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="3E94FB6B" w14:textId="59334B39" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00A57514" w14:paraId="3E94FB6B" w14:textId="59334B39" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="593FE3EC" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -32326,77 +32343,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>picta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FD9A738" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496D61" w:rsidRPr="00333ED2" w14:paraId="155969F2" w14:textId="7BF0DD31" w:rsidTr="00307F75">
+      <w:tr w:rsidR="00496D61" w:rsidRPr="00333ED2" w14:paraId="155969F2" w14:textId="7BF0DD31" w:rsidTr="000B3CAA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="435" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="747E081E" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00674B1B">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -32488,51 +32505,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A57514">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>pseudogographica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62629670" w14:textId="77777777" w:rsidR="00496D61" w:rsidRPr="00A57514" w:rsidRDefault="00496D61" w:rsidP="00307F75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32FE4096" w14:textId="0C6BBEC5" w:rsidR="0000453D" w:rsidRDefault="0000453D" w:rsidP="001407AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -32564,86 +32581,86 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="28598EE5" w14:textId="77777777" w:rsidR="00C445C3" w:rsidRDefault="00C445C3" w:rsidP="00066F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1A4D7C05" w14:textId="77777777" w:rsidR="00C445C3" w:rsidRDefault="00C445C3" w:rsidP="00066F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -33947,200 +33964,205 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="802505734">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2060545631">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="568074154">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="113142096">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1633632059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1668166812">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00643F6D"/>
     <w:rsid w:val="00001E51"/>
     <w:rsid w:val="0000453D"/>
     <w:rsid w:val="00021706"/>
     <w:rsid w:val="000448D8"/>
     <w:rsid w:val="00066F0C"/>
+    <w:rsid w:val="000B3CAA"/>
     <w:rsid w:val="000D06A2"/>
     <w:rsid w:val="000E2EE8"/>
     <w:rsid w:val="000F30B5"/>
     <w:rsid w:val="0011309E"/>
     <w:rsid w:val="001407AA"/>
     <w:rsid w:val="0018497C"/>
     <w:rsid w:val="001924F6"/>
     <w:rsid w:val="001D544B"/>
     <w:rsid w:val="00253361"/>
     <w:rsid w:val="0026007B"/>
     <w:rsid w:val="00260DA9"/>
     <w:rsid w:val="002940FD"/>
     <w:rsid w:val="002A591A"/>
     <w:rsid w:val="00307F75"/>
     <w:rsid w:val="00320B8D"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="00357C5D"/>
     <w:rsid w:val="00363DB6"/>
     <w:rsid w:val="003831BF"/>
     <w:rsid w:val="003B5535"/>
     <w:rsid w:val="003F41F6"/>
     <w:rsid w:val="003F62DE"/>
+    <w:rsid w:val="00420120"/>
     <w:rsid w:val="00452DA8"/>
     <w:rsid w:val="00486CEE"/>
     <w:rsid w:val="00496D61"/>
     <w:rsid w:val="004A72EC"/>
     <w:rsid w:val="004C1824"/>
     <w:rsid w:val="00503107"/>
     <w:rsid w:val="0051132C"/>
     <w:rsid w:val="00552488"/>
     <w:rsid w:val="00571117"/>
     <w:rsid w:val="005771D3"/>
     <w:rsid w:val="006308AE"/>
     <w:rsid w:val="00634677"/>
     <w:rsid w:val="00643F6D"/>
     <w:rsid w:val="00653578"/>
     <w:rsid w:val="00674B1B"/>
     <w:rsid w:val="006B4195"/>
     <w:rsid w:val="00721206"/>
     <w:rsid w:val="007245D7"/>
     <w:rsid w:val="007339E4"/>
     <w:rsid w:val="00762586"/>
     <w:rsid w:val="00770BA8"/>
     <w:rsid w:val="0078520D"/>
     <w:rsid w:val="007A1159"/>
     <w:rsid w:val="007B3A9E"/>
     <w:rsid w:val="007E5BC0"/>
     <w:rsid w:val="007F624C"/>
     <w:rsid w:val="00806698"/>
     <w:rsid w:val="00810F62"/>
     <w:rsid w:val="0083620E"/>
     <w:rsid w:val="008753DD"/>
     <w:rsid w:val="00885379"/>
     <w:rsid w:val="0089345E"/>
     <w:rsid w:val="008C6C0A"/>
     <w:rsid w:val="008E0729"/>
     <w:rsid w:val="00900469"/>
     <w:rsid w:val="00902AFB"/>
     <w:rsid w:val="0091027A"/>
     <w:rsid w:val="00930619"/>
+    <w:rsid w:val="00962167"/>
     <w:rsid w:val="00981AE3"/>
     <w:rsid w:val="00984DA8"/>
     <w:rsid w:val="009A3C87"/>
     <w:rsid w:val="009C75B2"/>
     <w:rsid w:val="009D00D3"/>
     <w:rsid w:val="009E2F66"/>
     <w:rsid w:val="009F26CD"/>
     <w:rsid w:val="00A00599"/>
     <w:rsid w:val="00A57514"/>
     <w:rsid w:val="00A66B40"/>
     <w:rsid w:val="00AA360B"/>
     <w:rsid w:val="00AE39F4"/>
     <w:rsid w:val="00AF64DB"/>
     <w:rsid w:val="00AF78EC"/>
     <w:rsid w:val="00B05818"/>
     <w:rsid w:val="00B54BF1"/>
     <w:rsid w:val="00BB0124"/>
     <w:rsid w:val="00BC2BD4"/>
     <w:rsid w:val="00BE5323"/>
     <w:rsid w:val="00C22BCD"/>
     <w:rsid w:val="00C30B2B"/>
     <w:rsid w:val="00C339BE"/>
     <w:rsid w:val="00C445C3"/>
     <w:rsid w:val="00C47FBB"/>
+    <w:rsid w:val="00C53825"/>
     <w:rsid w:val="00C63723"/>
     <w:rsid w:val="00C83124"/>
     <w:rsid w:val="00CB5C6A"/>
     <w:rsid w:val="00DA75DE"/>
     <w:rsid w:val="00E347F8"/>
     <w:rsid w:val="00E63CB2"/>
     <w:rsid w:val="00E77ABE"/>
     <w:rsid w:val="00E83E23"/>
     <w:rsid w:val="00EA391B"/>
     <w:rsid w:val="00ED7285"/>
     <w:rsid w:val="00F45BDA"/>
     <w:rsid w:val="00F82B2F"/>
     <w:rsid w:val="00FB1AF8"/>
     <w:rsid w:val="00FD671D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="6966314A"/>
   <w15:docId w15:val="{F78AF2CE-9532-4FD1-AC18-B81BD62217D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -35134,75 +35156,75 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EADB10C-4DB2-49D1-808F-5D95798C555F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>4</Pages>
   <Words>794</Words>
-  <Characters>5260</Characters>
+  <Characters>5262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1315</Lines>
-  <Paragraphs>605</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5449</CharactersWithSpaces>
+  <CharactersWithSpaces>6044</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ewa Pisarczyk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>6fb7264a-6e0c-40df-8f09-4f894d5daecb</vt:lpwstr>
   </property>
 </Properties>
 </file>